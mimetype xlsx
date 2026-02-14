--- v0 (2025-12-06)
+++ v1 (2026-02-14)
@@ -1,67 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr filterPrivacy="1" defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <workbookPr filterPrivacy="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6DC40A7E-FAF6-4F09-833E-29849383BE98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12645"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Centre-ville Brute" sheetId="1" r:id="rId1"/>
     <sheet name="P+Tram brute" sheetId="2" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="447" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="37">
   <si>
     <t>Antigone</t>
   </si>
   <si>
     <t>places</t>
   </si>
   <si>
     <t>Fréquentation</t>
   </si>
   <si>
     <t>Exercice</t>
   </si>
   <si>
     <t>Janvier</t>
   </si>
   <si>
     <t>Février</t>
   </si>
   <si>
     <t>Mars</t>
   </si>
   <si>
     <t>Avril</t>
   </si>
   <si>
@@ -126,55 +138,58 @@
   </si>
   <si>
     <t>Euromedecine</t>
   </si>
   <si>
     <t>St Jean le Sec</t>
   </si>
   <si>
     <t>Charles de Gaulle</t>
   </si>
   <si>
     <t>Garcia Lorca</t>
   </si>
   <si>
     <t>Mosson</t>
   </si>
   <si>
     <t>Occitanie</t>
   </si>
   <si>
     <t>Sabines</t>
   </si>
   <si>
     <t>ND sablassou</t>
   </si>
+  <si>
+    <t>fin d'exploitation</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Lucida Sans Unicode"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Lucida Sans Unicode"/>
       <family val="2"/>
     </font>
     <font>
@@ -321,113 +336,113 @@
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -664,4702 +679,5291 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D188"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:E188"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K171" sqref="K171"/>
+    <sheetView topLeftCell="A162" workbookViewId="0">
+      <selection activeCell="I181" sqref="I181"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.5703125" customWidth="1"/>
     <col min="2" max="2" width="14.85546875" customWidth="1"/>
     <col min="3" max="3" width="19.5703125" customWidth="1"/>
     <col min="4" max="4" width="18.42578125" customWidth="1"/>
+    <col min="5" max="5" width="19" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2">
         <v>245</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1"/>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="4"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
     </row>
-    <row r="3" spans="1:4" ht="28.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" ht="28.5" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E3" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="7"/>
       <c r="B4" s="8">
         <v>2022</v>
       </c>
       <c r="C4" s="9">
         <v>2023</v>
       </c>
       <c r="D4" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E4" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="12">
         <v>1131</v>
       </c>
       <c r="C5" s="12">
         <v>1108</v>
       </c>
       <c r="D5" s="12">
         <v>664</v>
       </c>
-    </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E5" s="12">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="12">
         <v>1086</v>
       </c>
       <c r="C6" s="12">
         <v>920</v>
       </c>
       <c r="D6" s="12">
         <v>637</v>
       </c>
-    </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E6" s="12">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="12">
         <v>1280</v>
       </c>
       <c r="C7" s="12">
         <v>1098</v>
       </c>
       <c r="D7" s="12">
         <v>623</v>
       </c>
-    </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E7" s="12">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="12">
         <v>1193</v>
       </c>
       <c r="C8" s="12">
         <v>985</v>
       </c>
       <c r="D8" s="12">
         <v>767</v>
       </c>
-    </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E8" s="12">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="12">
         <v>1368</v>
       </c>
       <c r="C9" s="12">
         <v>1031</v>
       </c>
       <c r="D9" s="12">
         <v>804</v>
       </c>
-    </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E9" s="12">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="12">
         <v>1434</v>
       </c>
       <c r="C10" s="12">
         <v>1046</v>
       </c>
       <c r="D10" s="12">
         <v>754</v>
       </c>
-    </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E10" s="12">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="12">
         <v>1265</v>
       </c>
       <c r="C11" s="12">
         <v>905</v>
       </c>
       <c r="D11" s="12">
         <v>740</v>
       </c>
-    </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E11" s="12"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="12">
         <v>1602</v>
       </c>
       <c r="C12" s="12">
         <v>898</v>
       </c>
       <c r="D12" s="12">
         <v>827</v>
       </c>
-    </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E12" s="12"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="12">
         <v>1315</v>
       </c>
       <c r="C13" s="12">
         <v>1035</v>
       </c>
       <c r="D13" s="12">
         <v>1074</v>
       </c>
-    </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E13" s="12"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="12">
         <v>1096</v>
       </c>
       <c r="C14" s="12">
         <v>879</v>
       </c>
-      <c r="D14" s="12" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D14" s="12">
+        <v>861</v>
+      </c>
+      <c r="E14" s="12"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="12">
         <v>1686</v>
       </c>
       <c r="C15" s="12">
         <v>1135</v>
       </c>
-      <c r="D15" s="12" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D15" s="12">
+        <v>1596</v>
+      </c>
+      <c r="E15" s="12"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="14">
         <v>1824</v>
       </c>
       <c r="C16" s="14">
         <v>1427</v>
       </c>
-      <c r="D16" s="14" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="D16" s="14">
+        <v>1422</v>
+      </c>
+      <c r="E16" s="14"/>
+    </row>
+    <row r="18" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="2">
         <v>835</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D18" s="1"/>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="15"/>
       <c r="B19" s="15"/>
       <c r="C19" s="15"/>
       <c r="D19" s="15"/>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E20" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="7"/>
       <c r="B21" s="8">
         <v>2022</v>
       </c>
       <c r="C21" s="9">
         <v>2023</v>
       </c>
       <c r="D21" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E21" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B22" s="12">
         <v>44461</v>
       </c>
       <c r="C22" s="12">
         <v>39336</v>
       </c>
       <c r="D22" s="12">
         <v>39275</v>
       </c>
-    </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E22" s="12">
+        <v>29690</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="12">
         <v>45241</v>
       </c>
       <c r="C23" s="12">
         <v>37177</v>
       </c>
       <c r="D23" s="12">
         <v>38404</v>
       </c>
-    </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E23" s="12">
+        <v>26337</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="12">
         <v>45365</v>
       </c>
       <c r="C24" s="12">
         <v>38129</v>
       </c>
       <c r="D24" s="12">
         <v>41767</v>
       </c>
-    </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E24" s="12">
+        <v>28054</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="12">
         <v>50504</v>
       </c>
       <c r="C25" s="12">
         <v>40805</v>
       </c>
       <c r="D25" s="12">
         <v>41558</v>
       </c>
-    </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E25" s="12">
+        <v>28989</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="12">
         <v>51122</v>
       </c>
       <c r="C26" s="12">
         <v>40309</v>
       </c>
       <c r="D26" s="12">
         <v>42147</v>
       </c>
-    </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E26" s="12">
+        <v>28403</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="12">
         <v>41152</v>
       </c>
       <c r="C27" s="12">
         <v>37877</v>
       </c>
       <c r="D27" s="12">
         <v>39989</v>
       </c>
-    </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E27" s="12">
+        <v>20590</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B28" s="12">
         <v>42505</v>
       </c>
       <c r="C28" s="12">
         <v>40799</v>
       </c>
       <c r="D28" s="12">
         <v>44207</v>
       </c>
-    </row>
-    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E28" s="12"/>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B29" s="12">
         <v>49536</v>
       </c>
       <c r="C29" s="12">
         <v>48656</v>
       </c>
       <c r="D29" s="12">
         <v>48334</v>
       </c>
-    </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E29" s="12"/>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B30" s="12">
         <v>41506</v>
       </c>
       <c r="C30" s="12">
         <v>41140</v>
       </c>
       <c r="D30" s="12">
         <v>42686</v>
       </c>
-    </row>
-    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E30" s="12"/>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="12">
         <v>44516</v>
       </c>
       <c r="C31" s="12">
         <v>39367</v>
       </c>
-      <c r="D31" s="12" t="s">
-[...3 lines deleted...]
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D31" s="12">
+        <v>37941</v>
+      </c>
+      <c r="E31" s="12"/>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B32" s="12">
         <v>41330</v>
       </c>
       <c r="C32" s="12">
         <v>41707</v>
       </c>
-      <c r="D32" s="12" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D32" s="12">
+        <v>26483</v>
+      </c>
+      <c r="E32" s="12"/>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B33" s="14">
         <v>50172</v>
       </c>
       <c r="C33" s="14">
         <v>49315</v>
       </c>
-      <c r="D33" s="14" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="D33" s="14">
+        <v>32597</v>
+      </c>
+      <c r="E33" s="14"/>
+    </row>
+    <row r="35" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B35" s="2">
         <v>582</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D35" s="1"/>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="15"/>
       <c r="B36" s="15"/>
       <c r="C36" s="15"/>
       <c r="D36" s="15"/>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E37" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="7"/>
       <c r="B38" s="8">
         <v>2022</v>
       </c>
       <c r="C38" s="9">
         <v>2023</v>
       </c>
       <c r="D38" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E38" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B39" s="12">
         <v>1832</v>
       </c>
       <c r="C39" s="12">
         <v>3397</v>
       </c>
       <c r="D39" s="12">
         <v>2691</v>
       </c>
-    </row>
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E39" s="12">
+        <v>3752</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B40" s="12">
         <v>2170</v>
       </c>
       <c r="C40" s="12">
         <v>3049</v>
       </c>
       <c r="D40" s="12">
         <v>2821</v>
       </c>
-    </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E40" s="12">
+        <v>3263</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B41" s="12">
         <v>2558</v>
       </c>
       <c r="C41" s="12">
         <v>3728</v>
       </c>
       <c r="D41" s="12">
         <v>2891</v>
       </c>
-    </row>
-    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E41" s="12">
+        <v>3534</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="12">
         <v>2322</v>
       </c>
       <c r="C42" s="12">
         <v>3169</v>
       </c>
       <c r="D42" s="12">
         <v>3355</v>
       </c>
-    </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E42" s="12">
+        <v>3559</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="12">
         <v>3638</v>
       </c>
       <c r="C43" s="12">
         <v>4267</v>
       </c>
       <c r="D43" s="12">
         <v>5036</v>
       </c>
-    </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E43" s="12">
+        <v>3718</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="12">
         <v>3366</v>
       </c>
       <c r="C44" s="12">
         <v>3174</v>
       </c>
       <c r="D44" s="12">
         <v>4320</v>
       </c>
-    </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E44" s="12">
+        <v>3970</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B45" s="12">
         <v>2211</v>
       </c>
       <c r="C45" s="12">
         <v>2484</v>
       </c>
       <c r="D45" s="12">
         <v>3268</v>
       </c>
-    </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E45" s="12"/>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B46" s="12">
         <v>2069</v>
       </c>
       <c r="C46" s="12">
         <v>2194</v>
       </c>
       <c r="D46" s="12">
         <v>2583</v>
       </c>
-    </row>
-    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E46" s="12"/>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B47" s="12">
         <v>2971</v>
       </c>
       <c r="C47" s="12">
         <v>3088</v>
       </c>
       <c r="D47" s="12">
         <v>3789</v>
       </c>
-    </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E47" s="12"/>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B48" s="12">
         <v>2548</v>
       </c>
       <c r="C48" s="12">
         <v>2901</v>
       </c>
-      <c r="D48" s="12" t="s">
-[...3 lines deleted...]
-    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D48" s="12">
+        <v>3698</v>
+      </c>
+      <c r="E48" s="12"/>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B49" s="12">
         <v>3145</v>
       </c>
       <c r="C49" s="12">
         <v>2893</v>
       </c>
-      <c r="D49" s="12" t="s">
-[...3 lines deleted...]
-    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D49" s="12">
+        <v>4107</v>
+      </c>
+      <c r="E49" s="12"/>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B50" s="14">
         <v>2541</v>
       </c>
       <c r="C50" s="14">
         <v>2550</v>
       </c>
-      <c r="D50" s="14" t="s">
-[...3 lines deleted...]
-    <row r="52" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="D50" s="14">
+        <v>3087</v>
+      </c>
+      <c r="E50" s="14"/>
+    </row>
+    <row r="52" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B52" s="2">
         <v>470</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D52" s="1"/>
     </row>
-    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="15"/>
       <c r="B53" s="15"/>
       <c r="C53" s="15"/>
       <c r="D53" s="15"/>
     </row>
-    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B54" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C54" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E54" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="7"/>
       <c r="B55" s="18">
         <v>2022</v>
       </c>
       <c r="C55" s="9">
         <v>2023</v>
       </c>
       <c r="D55" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E55" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B56" s="12">
         <v>8808</v>
       </c>
       <c r="C56" s="12">
         <v>10621</v>
       </c>
       <c r="D56" s="12">
         <v>10546</v>
       </c>
-    </row>
-    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E56" s="12">
+        <v>7967</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B57" s="12">
         <v>8650</v>
       </c>
       <c r="C57" s="12">
         <v>10363</v>
       </c>
       <c r="D57" s="12">
         <v>9968</v>
       </c>
-    </row>
-    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E57" s="12">
+        <v>6889</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B58" s="12">
         <v>8917</v>
       </c>
       <c r="C58" s="12">
         <v>11160</v>
       </c>
       <c r="D58" s="12">
         <v>13372</v>
       </c>
-    </row>
-    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E58" s="12">
+        <v>10792</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="12">
         <v>9923</v>
       </c>
       <c r="C59" s="12">
         <v>9351</v>
       </c>
       <c r="D59" s="12">
         <v>11174</v>
       </c>
-    </row>
-    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E59" s="12">
+        <v>8649</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B60" s="12">
         <v>8409</v>
       </c>
       <c r="C60" s="12">
         <v>9586</v>
       </c>
       <c r="D60" s="12">
         <v>8056</v>
       </c>
-    </row>
-    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E60" s="12">
+        <v>8625</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B61" s="12">
         <v>9822</v>
       </c>
       <c r="C61" s="12">
         <v>10626</v>
       </c>
       <c r="D61" s="12">
         <v>8138</v>
       </c>
-    </row>
-    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E61" s="12">
+        <v>8776</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="12">
         <v>10510</v>
       </c>
       <c r="C62" s="12">
         <v>9790</v>
       </c>
       <c r="D62" s="12">
         <v>6726</v>
       </c>
-    </row>
-    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E62" s="12"/>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B63" s="12">
         <v>11341</v>
       </c>
       <c r="C63" s="12">
         <v>9651</v>
       </c>
       <c r="D63" s="12">
         <v>6100</v>
       </c>
-    </row>
-    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E63" s="12"/>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B64" s="12">
         <v>12484</v>
       </c>
       <c r="C64" s="12">
         <v>11480</v>
       </c>
       <c r="D64" s="12">
         <v>8338</v>
       </c>
-    </row>
-    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E64" s="12"/>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B65" s="12">
         <v>11512</v>
       </c>
       <c r="C65" s="12">
         <v>11044</v>
       </c>
-      <c r="D65" s="12" t="s">
-[...3 lines deleted...]
-    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D65" s="12">
+        <v>8627</v>
+      </c>
+      <c r="E65" s="12"/>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B66" s="12">
         <v>11161</v>
       </c>
       <c r="C66" s="12">
         <v>10736</v>
       </c>
-      <c r="D66" s="12" t="s">
-[...3 lines deleted...]
-    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D66" s="12">
+        <v>8668</v>
+      </c>
+      <c r="E66" s="12"/>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B67" s="14">
         <v>12356</v>
       </c>
       <c r="C67" s="14">
         <v>0</v>
       </c>
-      <c r="D67" s="14" t="s">
-[...3 lines deleted...]
-    <row r="69" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="D67" s="14">
+        <v>8856</v>
+      </c>
+      <c r="E67" s="14"/>
+    </row>
+    <row r="69" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A69" s="19" t="s">
         <v>20</v>
       </c>
       <c r="B69" s="2">
         <v>774</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D69" s="1"/>
     </row>
-    <row r="70" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="15"/>
       <c r="B70" s="15"/>
       <c r="C70" s="15"/>
       <c r="D70" s="15"/>
     </row>
-    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="72" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E71" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="7"/>
       <c r="B72" s="8">
         <v>2022</v>
       </c>
       <c r="C72" s="9">
         <v>2023</v>
       </c>
       <c r="D72" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="73" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E72" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B73" s="12">
         <v>19893</v>
       </c>
       <c r="C73" s="12">
         <v>24572</v>
       </c>
       <c r="D73" s="12">
         <v>22712</v>
       </c>
-    </row>
-    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E73" s="12">
+        <v>24407</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B74" s="12">
         <v>21595</v>
       </c>
       <c r="C74" s="12">
         <v>25772</v>
       </c>
       <c r="D74" s="12">
         <v>22622</v>
       </c>
-    </row>
-    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E74" s="12">
+        <v>23737</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B75" s="12">
         <v>22202</v>
       </c>
       <c r="C75" s="12">
         <v>24289</v>
       </c>
       <c r="D75" s="12">
         <v>22999</v>
       </c>
-    </row>
-    <row r="76" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E75" s="12">
+        <v>23988</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B76" s="12">
         <v>26892</v>
       </c>
       <c r="C76" s="12">
         <v>27821</v>
       </c>
       <c r="D76" s="12">
         <v>26282</v>
       </c>
-    </row>
-    <row r="77" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E76" s="12">
+        <v>26908</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B77" s="12">
         <v>27966</v>
       </c>
       <c r="C77" s="12">
         <v>27414</v>
       </c>
       <c r="D77" s="12">
         <v>23215</v>
       </c>
-    </row>
-    <row r="78" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E77" s="12">
+        <v>25361</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B78" s="12">
         <v>28503</v>
       </c>
       <c r="C78" s="12">
         <v>27481</v>
       </c>
       <c r="D78" s="12">
         <v>25052</v>
       </c>
-    </row>
-    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E78" s="12">
+        <v>28694</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B79" s="12">
         <v>39184</v>
       </c>
       <c r="C79" s="12">
         <v>35305</v>
       </c>
       <c r="D79" s="12">
         <v>30476</v>
       </c>
-    </row>
-    <row r="80" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E79" s="12"/>
+    </row>
+    <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="12">
         <v>40441</v>
       </c>
       <c r="C80" s="12">
         <v>35920</v>
       </c>
       <c r="D80" s="12">
         <v>33715</v>
       </c>
-    </row>
-    <row r="81" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E80" s="12"/>
+    </row>
+    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B81" s="12">
         <v>29653</v>
       </c>
       <c r="C81" s="12">
         <v>27344</v>
       </c>
       <c r="D81" s="12">
         <v>26051</v>
       </c>
-    </row>
-    <row r="82" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E81" s="12"/>
+    </row>
+    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B82" s="12">
         <v>31074</v>
       </c>
       <c r="C82" s="12">
         <v>30450</v>
       </c>
-      <c r="D82" s="12" t="s">
-[...3 lines deleted...]
-    <row r="83" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D82" s="12">
+        <v>28139</v>
+      </c>
+      <c r="E82" s="12"/>
+    </row>
+    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B83" s="12">
         <v>28505</v>
       </c>
       <c r="C83" s="12">
         <v>28019</v>
       </c>
-      <c r="D83" s="12" t="s">
-[...3 lines deleted...]
-    <row r="84" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D83" s="12">
+        <v>25764</v>
+      </c>
+      <c r="E83" s="12"/>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B84" s="14">
         <v>28631</v>
       </c>
       <c r="C84" s="14">
         <v>26676</v>
       </c>
-      <c r="D84" s="14" t="s">
-[...3 lines deleted...]
-    <row r="86" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="D84" s="14">
+        <v>27463</v>
+      </c>
+      <c r="E84" s="14"/>
+    </row>
+    <row r="86" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A86" s="20" t="s">
         <v>21</v>
       </c>
       <c r="B86" s="2">
         <v>431</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D86" s="1"/>
     </row>
-    <row r="87" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="15"/>
       <c r="B87" s="15"/>
       <c r="C87" s="15"/>
       <c r="D87" s="15"/>
     </row>
-    <row r="88" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="89" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E88" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="7"/>
       <c r="B89" s="8">
         <v>2022</v>
       </c>
       <c r="C89" s="9">
         <v>2023</v>
       </c>
       <c r="D89" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="90" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E89" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B90" s="12">
         <v>12149</v>
       </c>
       <c r="C90" s="12">
         <v>12252</v>
       </c>
       <c r="D90" s="12">
         <v>10582</v>
       </c>
-    </row>
-    <row r="91" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E90" s="12">
+        <v>13639</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B91" s="12">
         <v>12407</v>
       </c>
       <c r="C91" s="12">
         <v>12076</v>
       </c>
       <c r="D91" s="12">
         <v>11522</v>
       </c>
-    </row>
-    <row r="92" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E91" s="12">
+        <v>13170</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B92" s="12">
         <v>12813</v>
       </c>
       <c r="C92" s="12">
         <v>12542</v>
       </c>
       <c r="D92" s="12">
         <v>14546</v>
       </c>
-    </row>
-    <row r="93" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E92" s="12">
+        <v>14183</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B93" s="12">
         <v>13176</v>
       </c>
       <c r="C93" s="12">
         <v>12919</v>
       </c>
       <c r="D93" s="12">
         <v>13293</v>
       </c>
-    </row>
-    <row r="94" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E93" s="12">
+        <v>14113</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B94" s="12">
         <v>13085</v>
       </c>
       <c r="C94" s="12">
         <v>12243</v>
       </c>
       <c r="D94" s="12">
         <v>14673</v>
       </c>
-    </row>
-    <row r="95" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E94" s="12">
+        <v>14880</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B95" s="12">
         <v>13198</v>
       </c>
       <c r="C95" s="12">
         <v>12928</v>
       </c>
       <c r="D95" s="12">
         <v>13516</v>
       </c>
-    </row>
-    <row r="96" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E95" s="12">
+        <v>13817</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B96" s="12">
         <v>13618</v>
       </c>
       <c r="C96" s="12">
         <v>13573</v>
       </c>
       <c r="D96" s="12">
         <v>14567</v>
       </c>
-    </row>
-    <row r="97" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E96" s="12"/>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B97" s="12">
         <v>16027</v>
       </c>
       <c r="C97" s="12">
         <v>15318</v>
       </c>
       <c r="D97" s="12">
         <v>15438</v>
       </c>
-    </row>
-    <row r="98" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E97" s="12"/>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B98" s="12">
         <v>14356</v>
       </c>
       <c r="C98" s="12">
         <v>14252</v>
       </c>
-      <c r="D98" s="12" t="s">
-[...3 lines deleted...]
-    <row r="99" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D98" s="12">
+        <v>13414</v>
+      </c>
+      <c r="E98" s="12"/>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="12">
         <v>13598</v>
       </c>
       <c r="C99" s="12">
         <v>12509</v>
       </c>
-      <c r="D99" s="12" t="s">
-[...3 lines deleted...]
-    <row r="100" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D99" s="12">
+        <v>13985</v>
+      </c>
+      <c r="E99" s="12"/>
+    </row>
+    <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B100" s="12">
         <v>12586</v>
       </c>
       <c r="C100" s="12">
         <v>11389</v>
       </c>
-      <c r="D100" s="12" t="s">
-[...3 lines deleted...]
-    <row r="101" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D100" s="12">
+        <v>13615</v>
+      </c>
+      <c r="E100" s="12"/>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B101" s="14">
         <v>14170</v>
       </c>
       <c r="C101" s="14">
         <v>15274</v>
       </c>
-      <c r="D101" s="14" t="s">
-[...3 lines deleted...]
-    <row r="103" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="D101" s="14">
+        <v>17036</v>
+      </c>
+      <c r="E101" s="14"/>
+    </row>
+    <row r="103" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A103" s="21" t="s">
         <v>22</v>
       </c>
       <c r="B103" s="2">
         <v>564</v>
       </c>
       <c r="C103" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D103" s="1"/>
     </row>
-    <row r="104" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="15"/>
       <c r="B104" s="15"/>
       <c r="C104" s="15"/>
       <c r="D104" s="15"/>
     </row>
-    <row r="105" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C105" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="106" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E105" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="7"/>
       <c r="B106" s="8">
         <v>2022</v>
       </c>
       <c r="C106" s="9">
         <v>2023</v>
       </c>
       <c r="D106" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="107" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E106" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B107" s="12">
         <v>27781</v>
       </c>
       <c r="C107" s="12">
         <v>28036</v>
       </c>
       <c r="D107" s="12">
         <v>27424</v>
       </c>
-    </row>
-    <row r="108" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E107" s="12">
+        <v>25434</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B108" s="12">
         <v>27811</v>
       </c>
       <c r="C108" s="12">
         <v>26585</v>
       </c>
       <c r="D108" s="12">
         <v>27787</v>
       </c>
-    </row>
-    <row r="109" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E108" s="12">
+        <v>24049</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B109" s="12">
         <v>28822</v>
       </c>
       <c r="C109" s="12">
         <v>26673</v>
       </c>
       <c r="D109" s="12">
         <v>24380</v>
       </c>
-    </row>
-    <row r="110" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E109" s="12">
+        <v>25544</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B110" s="12">
         <v>29574</v>
       </c>
       <c r="C110" s="12">
         <v>28508</v>
       </c>
       <c r="D110" s="12">
         <v>23580</v>
       </c>
-    </row>
-    <row r="111" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E110" s="12">
+        <v>23951</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B111" s="12">
         <v>29095</v>
       </c>
       <c r="C111" s="12">
         <v>28867</v>
       </c>
       <c r="D111" s="12">
         <v>25325</v>
       </c>
-    </row>
-    <row r="112" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E111" s="12">
+        <v>23797</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B112" s="12">
         <v>28374</v>
       </c>
       <c r="C112" s="12">
         <v>29120</v>
       </c>
       <c r="D112" s="12">
         <v>23986</v>
       </c>
-    </row>
-    <row r="113" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E112" s="12">
+        <v>20936</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B113" s="12">
         <v>28638</v>
       </c>
       <c r="C113" s="12">
         <v>29434</v>
       </c>
       <c r="D113" s="12">
         <v>25348</v>
       </c>
-    </row>
-    <row r="114" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E113" s="12"/>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B114" s="12">
         <v>32898</v>
       </c>
       <c r="C114" s="12">
         <v>33552</v>
       </c>
       <c r="D114" s="12">
         <v>27079</v>
       </c>
-    </row>
-    <row r="115" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E114" s="12"/>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B115" s="12">
         <v>32113</v>
       </c>
       <c r="C115" s="12">
         <v>31125</v>
       </c>
-      <c r="D115" s="12" t="s">
-[...3 lines deleted...]
-    <row r="116" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D115" s="12">
+        <v>29112</v>
+      </c>
+      <c r="E115" s="12"/>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B116" s="12">
         <v>29905</v>
       </c>
       <c r="C116" s="12">
         <v>31062</v>
       </c>
-      <c r="D116" s="12" t="s">
-[...3 lines deleted...]
-    <row r="117" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D116" s="12">
+        <v>28354</v>
+      </c>
+      <c r="E116" s="12"/>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B117" s="12">
         <v>26843</v>
       </c>
       <c r="C117" s="12">
         <v>28124</v>
       </c>
-      <c r="D117" s="12" t="s">
-[...3 lines deleted...]
-    <row r="118" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D117" s="12">
+        <v>24024</v>
+      </c>
+      <c r="E117" s="12"/>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B118" s="14">
         <v>32536</v>
       </c>
       <c r="C118" s="14">
         <v>35770</v>
       </c>
-      <c r="D118" s="14" t="s">
-[...3 lines deleted...]
-    <row r="120" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="D118" s="14">
+        <v>29732</v>
+      </c>
+      <c r="E118" s="14"/>
+    </row>
+    <row r="120" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B120" s="2">
         <v>208</v>
       </c>
       <c r="C120" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D120" s="1"/>
     </row>
-    <row r="121" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="15"/>
       <c r="B121" s="15"/>
       <c r="C121" s="15"/>
       <c r="D121" s="15"/>
     </row>
-    <row r="122" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="123" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E122" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="7"/>
       <c r="B123" s="8">
         <v>2022</v>
       </c>
       <c r="C123" s="9">
         <v>2023</v>
       </c>
       <c r="D123" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="124" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E123" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B124" s="12">
         <v>1843</v>
       </c>
       <c r="C124" s="12">
         <v>10663</v>
       </c>
       <c r="D124" s="12">
         <v>9933</v>
       </c>
-    </row>
-    <row r="125" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E124" s="12"/>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B125" s="12">
         <v>6361</v>
       </c>
       <c r="C125" s="12">
         <v>9968</v>
       </c>
       <c r="D125" s="12">
         <v>10264</v>
       </c>
-    </row>
-    <row r="126" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E125" s="12"/>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B126" s="12">
         <v>11705</v>
       </c>
       <c r="C126" s="12">
         <v>11235</v>
       </c>
       <c r="D126" s="12">
         <v>11177</v>
       </c>
-    </row>
-    <row r="127" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E126" s="12"/>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B127" s="12">
         <v>11721</v>
       </c>
       <c r="C127" s="12">
         <v>10797</v>
       </c>
       <c r="D127" s="12" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:4" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+      <c r="E127" s="12"/>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B128" s="12">
         <v>11282</v>
       </c>
       <c r="C128" s="12">
         <v>10306</v>
       </c>
       <c r="D128" s="12" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="129" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E128" s="12"/>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B129" s="12">
         <v>12004</v>
       </c>
       <c r="C129" s="12">
         <v>10218</v>
       </c>
       <c r="D129" s="12" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="130" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E129" s="12"/>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B130" s="12">
         <v>10385</v>
       </c>
       <c r="C130" s="12">
         <v>10723</v>
       </c>
       <c r="D130" s="12" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="131" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E130" s="12"/>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B131" s="12">
         <v>9653</v>
       </c>
       <c r="C131" s="12">
         <v>10642</v>
       </c>
       <c r="D131" s="12" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="132" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E131" s="12"/>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B132" s="12">
         <v>12455</v>
       </c>
       <c r="C132" s="12">
         <v>13054</v>
       </c>
       <c r="D132" s="12" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="133" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E132" s="12"/>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B133" s="12">
         <v>11703</v>
       </c>
       <c r="C133" s="12">
         <v>12075</v>
       </c>
       <c r="D133" s="12" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="134" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E133" s="12"/>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B134" s="12">
         <v>10678</v>
       </c>
       <c r="C134" s="12">
         <v>6561</v>
       </c>
       <c r="D134" s="12" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="135" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E134" s="12"/>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B135" s="14">
         <v>10617</v>
       </c>
       <c r="C135" s="14">
         <v>13090</v>
       </c>
       <c r="D135" s="14" t="s">
         <v>16</v>
       </c>
-    </row>
-    <row r="137" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="E135" s="14"/>
+    </row>
+    <row r="137" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A137" s="22" t="s">
         <v>24</v>
       </c>
       <c r="B137" s="2">
         <v>64</v>
       </c>
       <c r="C137" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D137" s="1"/>
     </row>
-    <row r="138" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="15"/>
       <c r="B138" s="15"/>
       <c r="C138" s="15"/>
       <c r="D138" s="15"/>
     </row>
-    <row r="139" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B139" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C139" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="140" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E139" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="7"/>
       <c r="B140" s="8">
         <v>2022</v>
       </c>
       <c r="C140" s="9">
         <v>2023</v>
       </c>
       <c r="D140" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="141" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E140" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B141" s="12">
         <v>267</v>
       </c>
       <c r="C141" s="12">
         <v>445</v>
       </c>
       <c r="D141" s="12">
         <v>284</v>
       </c>
-    </row>
-    <row r="142" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E141" s="12">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B142" s="12">
         <v>273</v>
       </c>
       <c r="C142" s="12">
         <v>378</v>
       </c>
       <c r="D142" s="12">
         <v>322</v>
       </c>
-    </row>
-    <row r="143" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E142" s="12">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B143" s="12">
         <v>371</v>
       </c>
       <c r="C143" s="12">
         <v>388</v>
       </c>
       <c r="D143" s="12">
         <v>297</v>
       </c>
-    </row>
-    <row r="144" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E143" s="12">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B144" s="12">
         <v>309</v>
       </c>
       <c r="C144" s="12">
         <v>333</v>
       </c>
       <c r="D144" s="12">
         <v>262</v>
       </c>
-    </row>
-    <row r="145" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E144" s="12">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B145" s="12">
         <v>369</v>
       </c>
       <c r="C145" s="12">
         <v>273</v>
       </c>
       <c r="D145" s="12">
         <v>316</v>
       </c>
-    </row>
-    <row r="146" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E145" s="12">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B146" s="12">
         <v>440</v>
       </c>
       <c r="C146" s="12">
         <v>320</v>
       </c>
       <c r="D146" s="12">
         <v>314</v>
       </c>
-    </row>
-    <row r="147" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E146" s="12">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B147" s="12">
         <v>306</v>
       </c>
       <c r="C147" s="12">
         <v>348</v>
       </c>
       <c r="D147" s="12">
         <v>231</v>
       </c>
-    </row>
-    <row r="148" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E147" s="12"/>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B148" s="12">
         <v>238</v>
       </c>
       <c r="C148" s="12">
         <v>154</v>
       </c>
       <c r="D148" s="12">
         <v>139</v>
       </c>
-    </row>
-    <row r="149" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E148" s="12"/>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B149" s="12">
         <v>365</v>
       </c>
       <c r="C149" s="12">
         <v>349</v>
       </c>
-      <c r="D149" s="12" t="s">
-[...3 lines deleted...]
-    <row r="150" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D149" s="12">
+        <v>209</v>
+      </c>
+      <c r="E149" s="12"/>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B150" s="12">
         <v>338</v>
       </c>
       <c r="C150" s="12">
         <v>289</v>
       </c>
-      <c r="D150" s="12" t="s">
-[...3 lines deleted...]
-    <row r="151" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D150" s="12">
+        <v>392</v>
+      </c>
+      <c r="E150" s="12"/>
+    </row>
+    <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B151" s="12">
         <v>370</v>
       </c>
       <c r="C151" s="12">
         <v>295</v>
       </c>
-      <c r="D151" s="12" t="s">
-[...3 lines deleted...]
-    <row r="152" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D151" s="12">
+        <v>369</v>
+      </c>
+      <c r="E151" s="12"/>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B152" s="14">
         <v>309</v>
       </c>
       <c r="C152" s="14">
         <v>320</v>
       </c>
-      <c r="D152" s="14" t="s">
-[...3 lines deleted...]
-    <row r="155" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="D152" s="14">
+        <v>307</v>
+      </c>
+      <c r="E152" s="14"/>
+    </row>
+    <row r="155" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A155" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B155" s="2">
         <v>768</v>
       </c>
       <c r="C155" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D155" s="1"/>
     </row>
-    <row r="156" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="15"/>
       <c r="B156" s="15"/>
       <c r="C156" s="15"/>
       <c r="D156" s="15"/>
     </row>
-    <row r="157" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B157" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C157" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="158" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E157" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="7"/>
       <c r="B158" s="8">
         <v>2022</v>
       </c>
       <c r="C158" s="9">
         <v>2023</v>
       </c>
       <c r="D158" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="159" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E158" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B159" s="12">
         <v>10769</v>
       </c>
       <c r="C159" s="12">
         <v>11437</v>
       </c>
       <c r="D159" s="12">
         <v>10877</v>
       </c>
-    </row>
-    <row r="160" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E159" s="12">
+        <v>16960</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B160" s="12">
         <v>10108</v>
       </c>
       <c r="C160" s="12">
         <v>11394</v>
       </c>
       <c r="D160" s="12">
         <v>10333</v>
       </c>
-    </row>
-    <row r="161" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E160" s="12">
+        <v>15871</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B161" s="12">
         <v>9547</v>
       </c>
       <c r="C161" s="12">
         <v>12888</v>
       </c>
       <c r="D161" s="12">
         <v>13242</v>
       </c>
-    </row>
-    <row r="162" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E161" s="12">
+        <v>18895</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B162" s="12">
         <v>10168</v>
       </c>
       <c r="C162" s="12">
         <v>12272</v>
       </c>
       <c r="D162" s="12">
         <v>16219</v>
       </c>
-    </row>
-    <row r="163" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E162" s="12">
+        <v>17440</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B163" s="12">
         <v>9577</v>
       </c>
       <c r="C163" s="12">
         <v>11584</v>
       </c>
       <c r="D163" s="12">
         <v>16790</v>
       </c>
-    </row>
-    <row r="164" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E163" s="12">
+        <v>17355</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B164" s="12">
         <v>11622</v>
       </c>
       <c r="C164" s="12">
         <v>15040</v>
       </c>
       <c r="D164" s="12">
         <v>17457</v>
       </c>
-    </row>
-    <row r="165" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E164" s="12">
+        <v>17718</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B165" s="12">
         <v>10526</v>
       </c>
       <c r="C165" s="12">
         <v>11691</v>
       </c>
       <c r="D165" s="12">
         <v>15446</v>
       </c>
-    </row>
-    <row r="166" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E165" s="12"/>
+    </row>
+    <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B166" s="12">
         <v>9334</v>
       </c>
       <c r="C166" s="12">
         <v>11475</v>
       </c>
       <c r="D166" s="12">
         <v>14891</v>
       </c>
-    </row>
-    <row r="167" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E166" s="12"/>
+    </row>
+    <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B167" s="12">
         <v>12062</v>
       </c>
       <c r="C167" s="12">
         <v>14078</v>
       </c>
       <c r="D167" s="12">
         <v>18354</v>
       </c>
-    </row>
-    <row r="168" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E167" s="12"/>
+    </row>
+    <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B168" s="12">
         <v>11945</v>
       </c>
       <c r="C168" s="12">
         <v>13649</v>
       </c>
-      <c r="D168" s="12" t="s">
-[...3 lines deleted...]
-    <row r="169" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D168" s="12">
+        <v>18168</v>
+      </c>
+      <c r="E168" s="12"/>
+    </row>
+    <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B169" s="12">
         <v>12418</v>
       </c>
       <c r="C169" s="12">
         <v>13710</v>
       </c>
-      <c r="D169" s="12" t="s">
-[...3 lines deleted...]
-    <row r="170" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D169" s="12">
+        <v>21202</v>
+      </c>
+      <c r="E169" s="12"/>
+    </row>
+    <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B170" s="14">
         <v>11608</v>
       </c>
       <c r="C170" s="14">
         <v>20338</v>
       </c>
-      <c r="D170" s="14" t="s">
-[...3 lines deleted...]
-    <row r="173" spans="1:4" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="D170" s="14">
+        <v>27232</v>
+      </c>
+      <c r="E170" s="14"/>
+    </row>
+    <row r="173" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A173" s="23" t="s">
         <v>26</v>
       </c>
       <c r="B173" s="2">
         <v>682</v>
       </c>
       <c r="C173" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D173" s="1"/>
     </row>
-    <row r="174" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="15"/>
       <c r="B174" s="15"/>
       <c r="C174" s="15"/>
       <c r="D174" s="15"/>
     </row>
-    <row r="175" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B175" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C175" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="176" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E175" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="7"/>
       <c r="B176" s="8">
         <v>2022</v>
       </c>
       <c r="C176" s="9">
         <v>2023</v>
       </c>
       <c r="D176" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="177" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E176" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B177" s="12">
         <v>7611</v>
       </c>
       <c r="C177" s="12">
         <v>4704</v>
       </c>
       <c r="D177" s="12">
         <v>4591</v>
       </c>
-    </row>
-    <row r="178" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E177" s="12">
+        <v>4219</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B178" s="12">
         <v>5195</v>
       </c>
       <c r="C178" s="12">
         <v>4744</v>
       </c>
       <c r="D178" s="12">
         <v>3962</v>
       </c>
-    </row>
-    <row r="179" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E178" s="12">
+        <v>4566</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B179" s="12">
         <v>5254</v>
       </c>
       <c r="C179" s="12">
         <v>5256</v>
       </c>
       <c r="D179" s="12">
         <v>4665</v>
       </c>
-    </row>
-    <row r="180" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E179" s="12">
+        <v>3591</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B180" s="12">
         <v>4892</v>
       </c>
       <c r="C180" s="12">
         <v>4767</v>
       </c>
       <c r="D180" s="12">
         <v>5067</v>
       </c>
-    </row>
-    <row r="181" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E180" s="12">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B181" s="12">
         <v>5991</v>
       </c>
       <c r="C181" s="12">
         <v>5826</v>
       </c>
       <c r="D181" s="12">
         <v>5182</v>
       </c>
-    </row>
-    <row r="182" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E181" s="12">
+        <v>3780</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B182" s="12">
         <v>5775</v>
       </c>
       <c r="C182" s="12">
         <v>6112</v>
       </c>
       <c r="D182" s="12">
         <v>5114</v>
       </c>
-    </row>
-    <row r="183" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="E182" s="12">
+        <v>4564</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B183" s="12">
         <v>5124</v>
       </c>
       <c r="C183" s="12">
         <v>5262</v>
       </c>
-      <c r="D183" s="12" t="s">
-[...3 lines deleted...]
-    <row r="184" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D183" s="12">
+        <v>4362</v>
+      </c>
+      <c r="E183" s="12"/>
+    </row>
+    <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B184" s="12">
         <v>5427</v>
       </c>
       <c r="C184" s="12">
         <v>5221</v>
       </c>
-      <c r="D184" s="12" t="s">
-[...3 lines deleted...]
-    <row r="185" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D184" s="12">
+        <v>3337</v>
+      </c>
+      <c r="E184" s="12"/>
+    </row>
+    <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B185" s="12">
         <v>5708</v>
       </c>
       <c r="C185" s="12">
         <v>5897</v>
       </c>
-      <c r="D185" s="12" t="s">
-[...3 lines deleted...]
-    <row r="186" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D185" s="12">
+        <v>4453</v>
+      </c>
+      <c r="E185" s="12"/>
+    </row>
+    <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B186" s="12">
         <v>5600</v>
       </c>
       <c r="C186" s="12">
         <v>5417</v>
       </c>
-      <c r="D186" s="12" t="s">
-[...3 lines deleted...]
-    <row r="187" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D186" s="12">
+        <v>4453</v>
+      </c>
+      <c r="E186" s="12"/>
+    </row>
+    <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B187" s="12">
         <v>4981</v>
       </c>
       <c r="C187" s="12">
         <v>4639</v>
       </c>
-      <c r="D187" s="12" t="s">
-[...3 lines deleted...]
-    <row r="188" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D187" s="12">
+        <v>3413</v>
+      </c>
+      <c r="E187" s="12"/>
+    </row>
+    <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B188" s="14">
         <v>4634</v>
       </c>
       <c r="C188" s="14">
         <v>4639</v>
       </c>
-      <c r="D188" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D188" s="14">
+        <v>3382</v>
+      </c>
+      <c r="E188" s="14"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:E160"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:F160"/>
   <sheetViews>
-    <sheetView topLeftCell="A130" workbookViewId="0">
-      <selection activeCell="M133" sqref="M133"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="J155" sqref="J155"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="2">
         <v>1200</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="1"/>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="4"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
     </row>
-    <row r="3" spans="1:5" ht="27" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F3" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="7"/>
       <c r="B4" s="24">
         <v>2021</v>
       </c>
       <c r="C4" s="8">
         <v>2022</v>
       </c>
       <c r="D4" s="9">
         <v>2023</v>
       </c>
       <c r="E4" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F4" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="25">
         <v>5091</v>
       </c>
       <c r="C5" s="12">
         <v>12248</v>
       </c>
       <c r="D5" s="12">
         <v>10949</v>
       </c>
       <c r="E5" s="12">
         <v>9498</v>
       </c>
-    </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F5" s="12">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="12">
         <v>5502</v>
       </c>
       <c r="C6" s="12">
         <v>11509</v>
       </c>
       <c r="D6" s="12">
         <v>10571</v>
       </c>
       <c r="E6" s="12">
         <v>9430</v>
       </c>
-    </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F6" s="12">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="12">
         <v>6117</v>
       </c>
       <c r="C7" s="12">
         <v>11652</v>
       </c>
       <c r="D7" s="12">
         <v>9300</v>
       </c>
       <c r="E7" s="12">
         <v>9729</v>
       </c>
-    </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F7" s="12">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="12">
         <v>2647</v>
       </c>
       <c r="C8" s="12">
         <v>11957</v>
       </c>
       <c r="D8" s="12">
         <v>10223</v>
       </c>
       <c r="E8" s="12">
         <v>10472</v>
       </c>
-    </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F8" s="12">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="12">
         <v>6117</v>
       </c>
       <c r="C9" s="12">
         <v>12671</v>
       </c>
       <c r="D9" s="12">
         <v>11207</v>
       </c>
       <c r="E9" s="12">
         <v>11516</v>
       </c>
-    </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F9" s="12">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="12">
         <v>10477</v>
       </c>
       <c r="C10" s="12">
         <v>11250</v>
       </c>
       <c r="D10" s="12">
         <v>9559</v>
       </c>
       <c r="E10" s="12">
         <v>8782</v>
       </c>
-    </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F10" s="12">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="12">
         <v>14475</v>
       </c>
       <c r="C11" s="12">
         <v>12419</v>
       </c>
       <c r="D11" s="12">
         <v>12897</v>
       </c>
       <c r="E11" s="12">
         <v>12150</v>
       </c>
-    </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F11" s="12"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="12">
         <v>15189</v>
       </c>
       <c r="C12" s="12">
         <v>18059</v>
       </c>
       <c r="D12" s="12">
         <v>14773</v>
       </c>
       <c r="E12" s="12">
         <v>14417</v>
       </c>
-    </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F12" s="12"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="12">
         <v>13352</v>
       </c>
       <c r="C13" s="12">
         <v>16807</v>
       </c>
       <c r="D13" s="12">
         <v>10337</v>
       </c>
       <c r="E13" s="12">
         <v>10105</v>
       </c>
-    </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F13" s="12"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="12">
         <v>14832</v>
       </c>
       <c r="C14" s="12">
         <v>18366</v>
       </c>
       <c r="D14" s="12">
         <v>10874</v>
       </c>
-      <c r="E14" s="12" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E14" s="12">
+        <v>11413</v>
+      </c>
+      <c r="F14" s="12"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A15" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="12">
         <v>12399</v>
       </c>
       <c r="C15" s="12">
         <v>17548</v>
       </c>
       <c r="D15" s="12">
         <v>11589</v>
       </c>
-      <c r="E15" s="12" t="s">
-[...3 lines deleted...]
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E15" s="12">
+        <v>10535</v>
+      </c>
+      <c r="F15" s="12"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A16" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="14">
         <v>12860.3491118029</v>
       </c>
       <c r="C16" s="14">
         <v>19687</v>
       </c>
       <c r="D16" s="14">
         <v>12833</v>
       </c>
-      <c r="E16" s="14" t="s">
-[...3 lines deleted...]
-    <row r="19" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="E16" s="14">
+        <v>11413</v>
+      </c>
+      <c r="F16" s="14"/>
+    </row>
+    <row r="19" spans="1:6" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="1"/>
       <c r="C19" s="2">
         <v>239</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E19" s="1"/>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" s="15"/>
       <c r="B20" s="15"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F21" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" s="7"/>
       <c r="B22" s="24">
         <v>2021</v>
       </c>
       <c r="C22" s="8">
         <v>2022</v>
       </c>
       <c r="D22" s="9">
         <v>2023</v>
       </c>
       <c r="E22" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F22" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B23" s="26">
         <v>306</v>
       </c>
       <c r="C23" s="26">
         <v>488</v>
       </c>
       <c r="D23" s="26">
         <v>662</v>
       </c>
       <c r="E23" s="12">
         <v>525</v>
       </c>
-    </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F23" s="12">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B24" s="12">
         <v>273</v>
       </c>
       <c r="C24" s="12">
         <v>655</v>
       </c>
       <c r="D24" s="12">
         <v>578</v>
       </c>
       <c r="E24" s="12">
         <v>524</v>
       </c>
-    </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F24" s="12">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B25" s="12">
         <v>374</v>
       </c>
       <c r="C25" s="12">
         <v>670</v>
       </c>
       <c r="D25" s="12">
         <v>588</v>
       </c>
       <c r="E25" s="12">
         <v>562</v>
       </c>
-    </row>
-    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F25" s="12">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="12">
         <v>286</v>
       </c>
       <c r="C26" s="12">
         <v>643</v>
       </c>
       <c r="D26" s="12">
         <v>698</v>
       </c>
       <c r="E26" s="12">
         <v>500</v>
       </c>
-    </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F26" s="12">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="12">
         <v>414</v>
       </c>
       <c r="C27" s="12">
         <v>691</v>
       </c>
       <c r="D27" s="12">
         <v>642</v>
       </c>
       <c r="E27" s="12">
         <v>486</v>
       </c>
-    </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F27" s="12">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A28" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="12">
         <v>553</v>
       </c>
       <c r="C28" s="12">
         <v>537</v>
       </c>
       <c r="D28" s="12">
         <v>495</v>
       </c>
       <c r="E28" s="12">
         <v>484</v>
       </c>
-    </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F28" s="12">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="12">
         <v>603</v>
       </c>
       <c r="C29" s="12">
         <v>485</v>
       </c>
       <c r="D29" s="12">
         <v>311</v>
       </c>
       <c r="E29" s="12">
         <v>423</v>
       </c>
-    </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F29" s="12"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B30" s="12">
         <v>501</v>
       </c>
       <c r="C30" s="12">
         <v>1463</v>
       </c>
       <c r="D30" s="12">
         <v>357</v>
       </c>
       <c r="E30" s="12">
         <v>417</v>
       </c>
-    </row>
-    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F30" s="12"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B31" s="12">
         <v>769</v>
       </c>
       <c r="C31" s="12">
         <v>2796</v>
       </c>
       <c r="D31" s="12">
         <v>619</v>
       </c>
       <c r="E31" s="12">
         <v>537</v>
       </c>
-    </row>
-    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F31" s="12"/>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B32" s="12">
         <v>884</v>
       </c>
       <c r="C32" s="12">
         <v>3185</v>
       </c>
       <c r="D32" s="12">
         <v>689</v>
       </c>
-      <c r="E32" s="12" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E32" s="12">
+        <v>556</v>
+      </c>
+      <c r="F32" s="12"/>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B33" s="12">
         <v>520</v>
       </c>
       <c r="C33" s="12">
         <v>3184</v>
       </c>
       <c r="D33" s="12">
         <v>708</v>
       </c>
-      <c r="E33" s="12" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E33" s="12">
+        <v>520</v>
+      </c>
+      <c r="F33" s="12"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B34" s="14">
         <v>722</v>
       </c>
       <c r="C34" s="14">
         <v>2914</v>
       </c>
       <c r="D34" s="14">
         <v>779</v>
       </c>
-      <c r="E34" s="14" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="E34" s="14">
+        <v>530</v>
+      </c>
+      <c r="F34" s="14"/>
+    </row>
+    <row r="37" spans="1:6" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B37" s="15"/>
       <c r="C37" s="2">
         <v>280</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E37" s="1"/>
     </row>
-    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" s="15"/>
       <c r="B38" s="15"/>
       <c r="C38" s="15"/>
       <c r="D38" s="15"/>
       <c r="E38" s="15"/>
     </row>
-    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F39" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A40" s="7"/>
       <c r="B40" s="24">
         <v>2021</v>
       </c>
       <c r="C40" s="8">
         <v>2022</v>
       </c>
       <c r="D40" s="9">
         <v>2023</v>
       </c>
       <c r="E40" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F40" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A41" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B41" s="26">
         <v>424</v>
       </c>
       <c r="C41" s="12">
         <v>742</v>
       </c>
       <c r="D41" s="12">
         <v>143</v>
       </c>
       <c r="E41" s="12">
         <v>925</v>
       </c>
-    </row>
-    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F41" s="12">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B42" s="12">
         <v>370</v>
       </c>
       <c r="C42" s="12">
         <v>738</v>
       </c>
       <c r="D42" s="12">
         <v>682</v>
       </c>
       <c r="E42" s="12">
         <v>847</v>
       </c>
-    </row>
-    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F42" s="12">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B43" s="12">
         <v>492</v>
       </c>
       <c r="C43" s="12">
         <v>876</v>
       </c>
       <c r="D43" s="12">
         <v>812</v>
       </c>
       <c r="E43" s="12">
         <v>822</v>
       </c>
-    </row>
-    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F43" s="12">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A44" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="12">
         <v>317</v>
       </c>
       <c r="C44" s="12">
         <v>794</v>
       </c>
       <c r="D44" s="12">
         <v>128</v>
       </c>
       <c r="E44" s="12">
         <v>1094</v>
       </c>
-    </row>
-    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F44" s="12">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A45" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="12">
         <v>620</v>
       </c>
       <c r="C45" s="12">
         <v>903</v>
       </c>
       <c r="D45" s="12">
         <v>720</v>
       </c>
       <c r="E45" s="12">
         <v>982</v>
       </c>
-    </row>
-    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F45" s="12">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A46" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="12">
         <v>825</v>
       </c>
       <c r="C46" s="12">
         <v>838</v>
       </c>
       <c r="D46" s="12">
         <v>1040</v>
       </c>
       <c r="E46" s="12">
         <v>879</v>
       </c>
-    </row>
-    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F46" s="12">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B47" s="12">
         <v>983</v>
       </c>
       <c r="C47" s="12">
         <v>1046</v>
       </c>
       <c r="D47" s="12">
         <v>953</v>
       </c>
       <c r="E47" s="12">
         <v>1005</v>
       </c>
-    </row>
-    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F47" s="12"/>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A48" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B48" s="12">
         <v>816</v>
       </c>
       <c r="C48" s="12">
         <v>1917</v>
       </c>
       <c r="D48" s="12">
         <v>875</v>
       </c>
       <c r="E48" s="12">
         <v>811</v>
       </c>
-    </row>
-    <row r="49" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F48" s="12"/>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A49" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B49" s="12">
         <v>910</v>
       </c>
       <c r="C49" s="12">
         <v>1874</v>
       </c>
       <c r="D49" s="12">
         <v>896</v>
       </c>
       <c r="E49" s="12">
         <v>933</v>
       </c>
-    </row>
-    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F49" s="12"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B50" s="12">
         <v>858</v>
       </c>
       <c r="C50" s="12">
         <v>1916</v>
       </c>
       <c r="D50" s="12">
         <v>1021</v>
       </c>
-      <c r="E50" s="12" t="s">
-[...3 lines deleted...]
-    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E50" s="12">
+        <v>819</v>
+      </c>
+      <c r="F50" s="12"/>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B51" s="12">
         <v>861</v>
       </c>
       <c r="C51" s="12">
         <v>2135</v>
       </c>
       <c r="D51" s="12">
         <v>1050</v>
       </c>
-      <c r="E51" s="12" t="s">
-[...3 lines deleted...]
-    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E51" s="12">
+        <v>611</v>
+      </c>
+      <c r="F51" s="12"/>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A52" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B52" s="14">
         <v>1048</v>
       </c>
       <c r="C52" s="14">
         <v>1290</v>
       </c>
       <c r="D52" s="14">
         <v>1213</v>
       </c>
-      <c r="E52" s="14" t="s">
-[...3 lines deleted...]
-    <row r="55" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="E52" s="14">
+        <v>928</v>
+      </c>
+      <c r="F52" s="14"/>
+    </row>
+    <row r="55" spans="1:6" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A55" s="27" t="s">
         <v>30</v>
       </c>
       <c r="B55" s="1"/>
       <c r="C55" s="27">
         <v>235</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E55" s="1"/>
     </row>
-    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A56" s="15"/>
       <c r="B56" s="15"/>
       <c r="C56" s="15"/>
       <c r="D56" s="15"/>
       <c r="E56" s="15"/>
     </row>
-    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A57" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C57" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E57" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F57" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A58" s="7"/>
       <c r="B58" s="24">
         <v>2021</v>
       </c>
       <c r="C58" s="18">
         <v>2022</v>
       </c>
       <c r="D58" s="9">
         <v>2023</v>
       </c>
       <c r="E58" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F58" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A59" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B59" s="12"/>
       <c r="C59" s="12">
         <v>816</v>
       </c>
       <c r="D59" s="12">
         <v>987</v>
       </c>
       <c r="E59" s="12">
         <v>893</v>
       </c>
-    </row>
-    <row r="60" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F59" s="12">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A60" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B60" s="12"/>
       <c r="C60" s="12">
         <v>674</v>
       </c>
       <c r="D60" s="12">
         <v>831</v>
       </c>
       <c r="E60" s="12">
         <v>874</v>
       </c>
-    </row>
-    <row r="61" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F60" s="12">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A61" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B61" s="12"/>
       <c r="C61" s="12">
         <v>759</v>
       </c>
       <c r="D61" s="12">
         <v>921</v>
       </c>
       <c r="E61" s="12">
         <v>945</v>
       </c>
-    </row>
-    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F61" s="12">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A62" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B62" s="12"/>
       <c r="C62" s="12">
         <v>724</v>
       </c>
       <c r="D62" s="12">
         <v>858</v>
       </c>
       <c r="E62" s="12">
         <v>844</v>
       </c>
-    </row>
-    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F62" s="12">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A63" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B63" s="12"/>
       <c r="C63" s="12">
         <v>664</v>
       </c>
       <c r="D63" s="12">
         <v>786</v>
       </c>
       <c r="E63" s="12">
         <v>736</v>
       </c>
-    </row>
-    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F63" s="12">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A64" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B64" s="12"/>
       <c r="C64" s="12">
         <v>794</v>
       </c>
       <c r="D64" s="12">
         <v>1052</v>
       </c>
       <c r="E64" s="12">
         <v>908</v>
       </c>
-    </row>
-    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F64" s="12">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A65" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="12"/>
       <c r="C65" s="12">
         <v>671</v>
       </c>
       <c r="D65" s="12">
         <v>787</v>
       </c>
       <c r="E65" s="12">
         <v>819</v>
       </c>
-    </row>
-    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F65" s="12"/>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A66" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B66" s="12"/>
       <c r="C66" s="12">
         <v>1343</v>
       </c>
       <c r="D66" s="12">
         <v>642</v>
       </c>
       <c r="E66" s="12">
         <v>785</v>
       </c>
-    </row>
-    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F66" s="12"/>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A67" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B67" s="12">
         <v>950</v>
       </c>
       <c r="C67" s="12">
         <v>2292</v>
       </c>
       <c r="D67" s="12">
         <v>929</v>
       </c>
-      <c r="E67" s="12" t="s">
-[...3 lines deleted...]
-    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E67" s="12">
+        <v>884</v>
+      </c>
+      <c r="F67" s="12"/>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A68" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B68" s="12">
         <v>954</v>
       </c>
       <c r="C68" s="12">
         <v>1703</v>
       </c>
       <c r="D68" s="12">
         <v>878</v>
       </c>
-      <c r="E68" s="12" t="s">
-[...3 lines deleted...]
-    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E68" s="12">
+        <v>984</v>
+      </c>
+      <c r="F68" s="12"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A69" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B69" s="12">
         <v>846</v>
       </c>
       <c r="C69" s="12">
         <v>1831</v>
       </c>
       <c r="D69" s="12">
         <v>942</v>
       </c>
-      <c r="E69" s="12" t="s">
-[...3 lines deleted...]
-    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E69" s="12">
+        <v>936</v>
+      </c>
+      <c r="F69" s="12"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A70" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B70" s="14">
         <v>668</v>
       </c>
       <c r="C70" s="14">
         <v>2062</v>
       </c>
       <c r="D70" s="14">
         <v>890</v>
       </c>
-      <c r="E70" s="14" t="s">
-[...3 lines deleted...]
-    <row r="73" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="E70" s="14">
+        <v>888</v>
+      </c>
+      <c r="F70" s="14"/>
+    </row>
+    <row r="73" spans="1:6" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B73" s="1"/>
       <c r="C73" s="2">
         <v>400</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E73" s="1"/>
     </row>
-    <row r="74" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A74" s="15"/>
       <c r="B74" s="15"/>
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
     </row>
-    <row r="75" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A75" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B75" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C75" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E75" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F75" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A76" s="7"/>
       <c r="B76" s="24">
         <v>2021</v>
       </c>
       <c r="C76" s="8">
         <v>2022</v>
       </c>
       <c r="D76" s="9">
         <v>2023</v>
       </c>
       <c r="E76" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F76" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A77" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B77" s="12">
         <v>427</v>
       </c>
       <c r="C77" s="12">
         <v>540</v>
       </c>
       <c r="D77" s="12">
         <v>728</v>
       </c>
       <c r="E77" s="12">
         <v>653</v>
       </c>
-    </row>
-    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F77" s="12">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A78" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B78" s="12">
         <v>366</v>
       </c>
       <c r="C78" s="12">
         <v>612</v>
       </c>
       <c r="D78" s="12">
         <v>704</v>
       </c>
       <c r="E78" s="12">
         <v>617</v>
       </c>
-    </row>
-    <row r="79" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F78" s="12">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A79" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B79" s="12">
         <v>463</v>
       </c>
       <c r="C79" s="12">
         <v>644</v>
       </c>
       <c r="D79" s="12">
         <v>682</v>
       </c>
       <c r="E79" s="12">
         <v>581</v>
       </c>
-    </row>
-    <row r="80" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F79" s="12">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A80" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B80" s="12">
         <v>323</v>
       </c>
       <c r="C80" s="12">
         <v>580</v>
       </c>
       <c r="D80" s="12">
         <v>791</v>
       </c>
       <c r="E80" s="12">
         <v>684</v>
       </c>
-    </row>
-    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F80" s="12">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A81" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B81" s="12">
         <v>537</v>
       </c>
       <c r="C81" s="12">
         <v>728</v>
       </c>
       <c r="D81" s="12">
         <v>857</v>
       </c>
       <c r="E81" s="12">
         <v>855</v>
       </c>
-    </row>
-    <row r="82" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F81" s="12">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A82" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B82" s="12">
         <v>713</v>
       </c>
       <c r="C82" s="12">
         <v>703</v>
       </c>
       <c r="D82" s="12">
         <v>845</v>
       </c>
       <c r="E82" s="12">
         <v>653</v>
       </c>
-    </row>
-    <row r="83" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F82" s="12">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A83" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B83" s="12">
         <v>770</v>
       </c>
       <c r="C83" s="12">
         <v>758</v>
       </c>
       <c r="D83" s="12">
         <v>831</v>
       </c>
       <c r="E83" s="12">
         <v>711</v>
       </c>
-    </row>
-    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F83" s="12"/>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A84" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B84" s="12">
         <v>1051</v>
       </c>
       <c r="C84" s="12">
         <v>1984</v>
       </c>
       <c r="D84" s="12">
         <v>1027</v>
       </c>
       <c r="E84" s="12">
         <v>705</v>
       </c>
-    </row>
-    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F84" s="12"/>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A85" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B85" s="12">
         <v>741</v>
       </c>
       <c r="C85" s="12">
         <v>3298</v>
       </c>
       <c r="D85" s="12">
         <v>869</v>
       </c>
-      <c r="E85" s="12" t="s">
-[...3 lines deleted...]
-    <row r="86" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E85" s="12">
+        <v>653</v>
+      </c>
+      <c r="F85" s="12"/>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A86" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B86" s="12">
         <v>683</v>
       </c>
       <c r="C86" s="12">
         <v>2761</v>
       </c>
       <c r="D86" s="12">
         <v>799</v>
       </c>
-      <c r="E86" s="12" t="s">
-[...3 lines deleted...]
-    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E86" s="12">
+        <v>646</v>
+      </c>
+      <c r="F86" s="12"/>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A87" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B87" s="12">
         <v>591</v>
       </c>
       <c r="C87" s="12">
         <v>2945</v>
       </c>
       <c r="D87" s="12">
         <v>790</v>
       </c>
-      <c r="E87" s="12" t="s">
-[...3 lines deleted...]
-    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E87" s="12">
+        <v>682</v>
+      </c>
+      <c r="F87" s="12"/>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A88" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B88" s="14">
         <v>693</v>
       </c>
       <c r="C88" s="14">
         <v>2673</v>
       </c>
       <c r="D88" s="14">
         <v>810</v>
       </c>
-      <c r="E88" s="14" t="s">
-[...3 lines deleted...]
-    <row r="91" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="E88" s="14">
+        <v>711</v>
+      </c>
+      <c r="F88" s="14"/>
+    </row>
+    <row r="91" spans="1:6" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A91" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B91" s="1"/>
       <c r="C91" s="2">
         <v>328</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E91" s="1"/>
     </row>
-    <row r="92" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A92" s="15"/>
       <c r="B92" s="15"/>
       <c r="C92" s="15"/>
       <c r="D92" s="15"/>
       <c r="E92" s="15"/>
     </row>
-    <row r="93" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A93" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B93" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E93" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="94" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F93" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A94" s="7"/>
       <c r="B94" s="24">
         <v>2021</v>
       </c>
       <c r="C94" s="8">
         <v>2022</v>
       </c>
       <c r="D94" s="9">
         <v>2023</v>
       </c>
       <c r="E94" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="95" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F94" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A95" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B95" s="12">
         <v>1115</v>
       </c>
       <c r="C95" s="12">
         <v>1394</v>
       </c>
       <c r="D95" s="12">
         <v>1788</v>
       </c>
       <c r="E95" s="12">
         <v>1784</v>
       </c>
-    </row>
-    <row r="96" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F95" s="12">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A96" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B96" s="12">
         <v>953</v>
       </c>
       <c r="C96" s="12">
         <v>1408</v>
       </c>
       <c r="D96" s="12">
         <v>1515</v>
       </c>
       <c r="E96" s="12">
         <v>1754</v>
       </c>
-    </row>
-    <row r="97" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F96" s="12">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A97" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B97" s="12">
         <v>1327</v>
       </c>
       <c r="C97" s="12">
         <v>1658</v>
       </c>
       <c r="D97" s="12">
         <v>1635</v>
       </c>
       <c r="E97" s="12">
         <v>1881</v>
       </c>
-    </row>
-    <row r="98" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F97" s="12">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A98" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B98" s="12">
         <v>831</v>
       </c>
       <c r="C98" s="12">
         <v>1458</v>
       </c>
       <c r="D98" s="12">
         <v>1705</v>
       </c>
       <c r="E98" s="12">
         <v>1659</v>
       </c>
-    </row>
-    <row r="99" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F98" s="12">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A99" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B99" s="12">
         <v>1117</v>
       </c>
       <c r="C99" s="12">
         <v>1605</v>
       </c>
       <c r="D99" s="12">
         <v>1729</v>
       </c>
       <c r="E99" s="12">
         <v>1810</v>
       </c>
-    </row>
-    <row r="100" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F99" s="12">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A100" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B100" s="12">
         <v>1532</v>
       </c>
       <c r="C100" s="12">
         <v>1479</v>
       </c>
       <c r="D100" s="12">
         <v>1703</v>
       </c>
       <c r="E100" s="12">
         <v>1473</v>
       </c>
-    </row>
-    <row r="101" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F100" s="12">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A101" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B101" s="12">
         <v>1661</v>
       </c>
       <c r="C101" s="12">
         <v>1347</v>
       </c>
       <c r="D101" s="12">
         <v>1476</v>
       </c>
       <c r="E101" s="12">
         <v>1276</v>
       </c>
-    </row>
-    <row r="102" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F101" s="12"/>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A102" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B102" s="12">
         <v>1640</v>
       </c>
       <c r="C102" s="12">
         <v>3973</v>
       </c>
       <c r="D102" s="12">
         <v>1686</v>
       </c>
       <c r="E102" s="12">
         <v>1196</v>
       </c>
-    </row>
-    <row r="103" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F102" s="12"/>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A103" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B103" s="12">
         <v>2125</v>
       </c>
       <c r="C103" s="12">
         <v>6869</v>
       </c>
       <c r="D103" s="12">
         <v>2237</v>
       </c>
-      <c r="E103" s="12" t="s">
-[...3 lines deleted...]
-    <row r="104" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E103" s="12">
+        <v>1485</v>
+      </c>
+      <c r="F103" s="12"/>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A104" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B104" s="12">
         <v>1878</v>
       </c>
       <c r="C104" s="12">
         <v>7001</v>
       </c>
       <c r="D104" s="12">
         <v>1930</v>
       </c>
-      <c r="E104" s="12" t="s">
-[...3 lines deleted...]
-    <row r="105" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E104" s="12">
+        <v>1539</v>
+      </c>
+      <c r="F104" s="12"/>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A105" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B105" s="12">
         <v>1564</v>
       </c>
       <c r="C105" s="12">
         <v>6898</v>
       </c>
       <c r="D105" s="12">
         <v>2014</v>
       </c>
-      <c r="E105" s="12" t="s">
-[...3 lines deleted...]
-    <row r="106" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E105" s="12">
+        <v>1629</v>
+      </c>
+      <c r="F105" s="12"/>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A106" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B106" s="14">
         <v>1619</v>
       </c>
       <c r="C106" s="14">
         <v>6367</v>
       </c>
       <c r="D106" s="14">
         <v>2217</v>
       </c>
-      <c r="E106" s="14" t="s">
-[...3 lines deleted...]
-    <row r="109" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="E106" s="14">
+        <v>1546</v>
+      </c>
+      <c r="F106" s="14"/>
+    </row>
+    <row r="109" spans="1:6" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A109" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B109" s="1"/>
       <c r="C109" s="2">
         <v>615</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E109" s="1"/>
     </row>
-    <row r="110" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A110" s="15"/>
       <c r="B110" s="15"/>
       <c r="C110" s="15"/>
       <c r="D110" s="15"/>
       <c r="E110" s="15"/>
     </row>
-    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A111" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C111" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E111" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="112" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F111" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A112" s="7"/>
       <c r="B112" s="24">
         <v>2021</v>
       </c>
       <c r="C112" s="8">
         <v>2022</v>
       </c>
       <c r="D112" s="9">
         <v>2023</v>
       </c>
       <c r="E112" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="113" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F112" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A113" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B113" s="12">
         <v>2108</v>
       </c>
       <c r="C113" s="12">
         <v>4093</v>
       </c>
       <c r="D113" s="12">
         <v>4656</v>
       </c>
       <c r="E113" s="12">
         <v>1646</v>
       </c>
-    </row>
-    <row r="114" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F113" s="12">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A114" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B114" s="12">
         <v>1964</v>
       </c>
       <c r="C114" s="12">
         <v>4521</v>
       </c>
       <c r="D114" s="12">
         <v>4475</v>
       </c>
       <c r="E114" s="12">
         <v>1571</v>
       </c>
-    </row>
-    <row r="115" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F114" s="12">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A115" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B115" s="12">
         <v>2656</v>
       </c>
       <c r="C115" s="12">
         <v>4571</v>
       </c>
       <c r="D115" s="12">
         <v>4598</v>
       </c>
       <c r="E115" s="12">
         <v>2094</v>
       </c>
-    </row>
-    <row r="116" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F115" s="12">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A116" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B116" s="12">
         <v>1664</v>
       </c>
       <c r="C116" s="12">
         <v>4298</v>
       </c>
       <c r="D116" s="12">
         <v>4828</v>
       </c>
       <c r="E116" s="12">
         <v>1698</v>
       </c>
-    </row>
-    <row r="117" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F116" s="12">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A117" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B117" s="12">
         <v>2670</v>
       </c>
       <c r="C117" s="12">
         <v>4741</v>
       </c>
       <c r="D117" s="12">
         <v>4870</v>
       </c>
       <c r="E117" s="12">
         <v>1640</v>
       </c>
-    </row>
-    <row r="118" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F117" s="12">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A118" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B118" s="12">
         <v>3876</v>
       </c>
       <c r="C118" s="12">
         <v>4801</v>
       </c>
       <c r="D118" s="12">
         <v>4113</v>
       </c>
       <c r="E118" s="12">
         <v>1743</v>
       </c>
-    </row>
-    <row r="119" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F118" s="12">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A119" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B119" s="12">
         <v>3936</v>
       </c>
       <c r="C119" s="12">
         <v>3556</v>
       </c>
       <c r="D119" s="12">
         <v>2883</v>
       </c>
       <c r="E119" s="12">
         <v>1450</v>
       </c>
-    </row>
-    <row r="120" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F119" s="12"/>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A120" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B120" s="12">
         <v>3796</v>
       </c>
       <c r="C120" s="12">
         <v>7233</v>
       </c>
       <c r="D120" s="12">
         <v>2980</v>
       </c>
       <c r="E120" s="12">
         <v>1436</v>
       </c>
-    </row>
-    <row r="121" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F120" s="12"/>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A121" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B121" s="12">
         <v>5612</v>
       </c>
       <c r="C121" s="12">
         <v>13846</v>
       </c>
       <c r="D121" s="12">
         <v>4520</v>
       </c>
-      <c r="E121" s="12" t="s">
-[...3 lines deleted...]
-    <row r="122" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E121" s="12">
+        <v>2282</v>
+      </c>
+      <c r="F121" s="12"/>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A122" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B122" s="12">
         <v>5474</v>
       </c>
       <c r="C122" s="12">
         <v>13822</v>
       </c>
       <c r="D122" s="12">
         <v>4545</v>
       </c>
-      <c r="E122" s="12" t="s">
-[...3 lines deleted...]
-    <row r="123" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E122" s="12">
+        <v>2297</v>
+      </c>
+      <c r="F122" s="12"/>
+    </row>
+    <row r="123" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A123" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B123" s="12">
         <v>4356</v>
       </c>
       <c r="C123" s="12">
         <v>13468</v>
       </c>
       <c r="D123" s="12">
         <v>4776</v>
       </c>
-      <c r="E123" s="12" t="s">
-[...3 lines deleted...]
-    <row r="124" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E123" s="12">
+        <v>1867</v>
+      </c>
+      <c r="F123" s="12"/>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A124" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B124" s="14">
         <v>4913</v>
       </c>
       <c r="C124" s="14">
         <v>11699</v>
       </c>
       <c r="D124" s="14">
         <v>5277</v>
       </c>
-      <c r="E124" s="14" t="s">
-[...3 lines deleted...]
-    <row r="127" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="E124" s="14">
+        <v>1807</v>
+      </c>
+      <c r="F124" s="14"/>
+    </row>
+    <row r="127" spans="1:6" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A127" s="22" t="s">
         <v>34</v>
       </c>
       <c r="B127" s="1"/>
       <c r="C127" s="2">
         <v>285</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E127" s="1"/>
     </row>
-    <row r="128" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A128" s="15"/>
       <c r="B128" s="15"/>
       <c r="C128" s="15"/>
       <c r="D128" s="15"/>
       <c r="E128" s="15"/>
     </row>
-    <row r="129" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A129" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C129" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E129" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="130" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F129" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A130" s="7"/>
       <c r="B130" s="24">
         <v>2021</v>
       </c>
       <c r="C130" s="8">
         <v>2022</v>
       </c>
       <c r="D130" s="9">
         <v>2023</v>
       </c>
       <c r="E130" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="131" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F130" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A131" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B131" s="12">
         <v>6143</v>
       </c>
       <c r="C131" s="12">
         <v>8753</v>
       </c>
       <c r="D131" s="12">
         <v>8736</v>
       </c>
       <c r="E131" s="12">
         <v>9766</v>
       </c>
-    </row>
-    <row r="132" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F131" s="12">
+        <v>10684</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A132" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B132" s="12">
         <v>5864</v>
       </c>
       <c r="C132" s="12">
         <v>7953</v>
       </c>
       <c r="D132" s="12">
         <v>8098</v>
       </c>
       <c r="E132" s="12">
         <v>9364</v>
       </c>
-    </row>
-    <row r="133" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F132" s="12">
+        <v>9359</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A133" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B133" s="12">
         <v>7301</v>
       </c>
       <c r="C133" s="12">
         <v>8851</v>
       </c>
       <c r="D133" s="12">
         <v>9306</v>
       </c>
       <c r="E133" s="12">
         <v>9611</v>
       </c>
-    </row>
-    <row r="134" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F133" s="12">
+        <v>9898</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A134" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B134" s="12">
         <v>6712</v>
       </c>
       <c r="C134" s="12">
         <v>8338</v>
       </c>
       <c r="D134" s="12">
         <v>9272</v>
       </c>
       <c r="E134" s="12">
         <v>10021</v>
       </c>
-    </row>
-    <row r="135" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F134" s="12">
+        <v>9423</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A135" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B135" s="12">
         <v>7448</v>
       </c>
       <c r="C135" s="12">
         <v>8334</v>
       </c>
       <c r="D135" s="12">
         <v>9276</v>
       </c>
       <c r="E135" s="12">
         <v>10531</v>
       </c>
-    </row>
-    <row r="136" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F135" s="12">
+        <v>9427</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A136" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B136" s="12">
         <v>8315</v>
       </c>
       <c r="C136" s="12">
         <v>8672</v>
       </c>
       <c r="D136" s="12">
         <v>9656</v>
       </c>
       <c r="E136" s="12">
         <v>10109</v>
       </c>
-    </row>
-    <row r="137" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F136" s="12">
+        <v>9760</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A137" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B137" s="12">
         <v>8549</v>
       </c>
       <c r="C137" s="12">
         <v>8459</v>
       </c>
       <c r="D137" s="12">
         <v>8763</v>
       </c>
       <c r="E137" s="12">
         <v>10292</v>
       </c>
-    </row>
-    <row r="138" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F137" s="12"/>
+    </row>
+    <row r="138" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A138" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B138" s="12">
         <v>8289</v>
       </c>
       <c r="C138" s="12">
         <v>9903</v>
       </c>
       <c r="D138" s="12">
         <v>8702</v>
       </c>
       <c r="E138" s="12">
         <v>9136</v>
       </c>
-    </row>
-    <row r="139" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F138" s="12"/>
+    </row>
+    <row r="139" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A139" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B139" s="12">
         <v>8944</v>
       </c>
       <c r="C139" s="12">
         <v>13525</v>
       </c>
       <c r="D139" s="12">
         <v>9362</v>
       </c>
-      <c r="E139" s="12" t="s">
-[...3 lines deleted...]
-    <row r="140" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E139" s="12">
+        <v>10158</v>
+      </c>
+      <c r="F139" s="12"/>
+    </row>
+    <row r="140" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A140" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B140" s="12">
         <v>8417</v>
       </c>
       <c r="C140" s="12">
         <v>14358</v>
       </c>
       <c r="D140" s="12">
         <v>9919</v>
       </c>
-      <c r="E140" s="12" t="s">
-[...3 lines deleted...]
-    <row r="141" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E140" s="12">
+        <v>10694</v>
+      </c>
+      <c r="F140" s="12"/>
+    </row>
+    <row r="141" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A141" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B141" s="12">
         <v>7633</v>
       </c>
       <c r="C141" s="12">
         <v>13458</v>
       </c>
       <c r="D141" s="12">
         <v>9861</v>
       </c>
-      <c r="E141" s="12" t="s">
-[...3 lines deleted...]
-    <row r="142" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E141" s="12">
+        <v>10518</v>
+      </c>
+      <c r="F141" s="12"/>
+    </row>
+    <row r="142" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A142" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B142" s="14">
         <v>8433</v>
       </c>
       <c r="C142" s="14">
         <v>13437</v>
       </c>
       <c r="D142" s="14">
         <v>9702</v>
       </c>
-      <c r="E142" s="14" t="s">
-[...3 lines deleted...]
-    <row r="145" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
+      <c r="E142" s="14">
+        <v>9938</v>
+      </c>
+      <c r="F142" s="14"/>
+    </row>
+    <row r="145" spans="1:6" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A145" s="22" t="s">
         <v>35</v>
       </c>
       <c r="B145" s="1"/>
       <c r="C145" s="2">
         <v>350</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>1</v>
       </c>
       <c r="E145" s="1"/>
     </row>
-    <row r="146" spans="1:5" ht="19.5" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:6" ht="19.5" x14ac:dyDescent="0.25">
       <c r="A146" s="22"/>
       <c r="B146" s="1"/>
       <c r="C146" s="2"/>
       <c r="D146" s="3"/>
       <c r="E146" s="15"/>
     </row>
-    <row r="147" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A147" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C147" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E147" s="6" t="s">
         <v>3</v>
       </c>
-    </row>
-    <row r="148" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F147" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A148" s="7"/>
       <c r="B148" s="24">
         <v>2021</v>
       </c>
       <c r="C148" s="8">
         <v>2022</v>
       </c>
       <c r="D148" s="9">
         <v>2023</v>
       </c>
       <c r="E148" s="10">
         <v>2024</v>
       </c>
-    </row>
-    <row r="149" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F148" s="10">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A149" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B149" s="12">
         <v>628</v>
       </c>
       <c r="C149" s="12">
         <v>996</v>
       </c>
       <c r="D149" s="12">
         <v>709</v>
       </c>
       <c r="E149" s="12">
         <v>858</v>
       </c>
-    </row>
-    <row r="150" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F149" s="12">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A150" s="16" t="s">
         <v>5</v>
       </c>
       <c r="B150" s="12">
         <v>549</v>
       </c>
       <c r="C150" s="12">
         <v>1005</v>
       </c>
       <c r="D150" s="12">
         <v>616</v>
       </c>
       <c r="E150" s="12">
         <v>799</v>
       </c>
-    </row>
-    <row r="151" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F150" s="12">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A151" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B151" s="12">
         <v>683</v>
       </c>
       <c r="C151" s="12">
         <v>1166</v>
       </c>
       <c r="D151" s="12">
         <v>976</v>
       </c>
       <c r="E151" s="12">
         <v>826</v>
       </c>
-    </row>
-    <row r="152" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F151" s="12">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A152" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B152" s="12">
         <v>502</v>
       </c>
       <c r="C152" s="12">
         <v>1036</v>
       </c>
       <c r="D152" s="12">
         <v>1099</v>
       </c>
       <c r="E152" s="12">
         <v>835</v>
       </c>
-    </row>
-    <row r="153" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F152" s="12">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A153" s="16" t="s">
         <v>8</v>
       </c>
       <c r="B153" s="12">
         <v>782</v>
       </c>
       <c r="C153" s="12">
         <v>1172</v>
       </c>
       <c r="D153" s="12">
         <v>976</v>
       </c>
       <c r="E153" s="12">
         <v>894</v>
       </c>
-    </row>
-    <row r="154" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F153" s="12">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A154" s="16" t="s">
         <v>9</v>
       </c>
       <c r="B154" s="12">
         <v>1020</v>
       </c>
       <c r="C154" s="12">
         <v>1230</v>
       </c>
       <c r="D154" s="12">
         <v>980</v>
       </c>
       <c r="E154" s="12">
         <v>876</v>
       </c>
-    </row>
-    <row r="155" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F154" s="12">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A155" s="16" t="s">
         <v>10</v>
       </c>
       <c r="B155" s="12">
         <v>1265</v>
       </c>
       <c r="C155" s="12">
         <v>1128</v>
       </c>
       <c r="D155" s="12">
         <v>602</v>
       </c>
       <c r="E155" s="12">
         <v>794</v>
       </c>
-    </row>
-    <row r="156" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F155" s="12"/>
+    </row>
+    <row r="156" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A156" s="16" t="s">
         <v>11</v>
       </c>
       <c r="B156" s="12">
         <v>1146</v>
       </c>
       <c r="C156" s="12">
         <v>3412</v>
       </c>
       <c r="D156" s="12">
         <v>1319</v>
       </c>
       <c r="E156" s="12">
         <v>694</v>
       </c>
-    </row>
-    <row r="157" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="F156" s="12"/>
+    </row>
+    <row r="157" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A157" s="16" t="s">
         <v>12</v>
       </c>
       <c r="B157" s="12">
         <v>1618</v>
       </c>
       <c r="C157" s="12">
         <v>5549</v>
       </c>
       <c r="D157" s="12">
         <v>1023</v>
       </c>
-      <c r="E157" s="12" t="s">
-[...3 lines deleted...]
-    <row r="158" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E157" s="12">
+        <v>852</v>
+      </c>
+      <c r="F157" s="12"/>
+    </row>
+    <row r="158" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A158" s="16" t="s">
         <v>13</v>
       </c>
       <c r="B158" s="12">
         <v>1412</v>
       </c>
       <c r="C158" s="12">
         <v>5557</v>
       </c>
       <c r="D158" s="12">
         <v>968</v>
       </c>
-      <c r="E158" s="12" t="s">
-[...3 lines deleted...]
-    <row r="159" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E158" s="12">
+        <v>859</v>
+      </c>
+      <c r="F158" s="12"/>
+    </row>
+    <row r="159" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A159" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B159" s="12">
         <v>1199</v>
       </c>
       <c r="C159" s="12">
         <v>5364</v>
       </c>
       <c r="D159" s="12">
         <v>1185</v>
       </c>
-      <c r="E159" s="12" t="s">
-[...3 lines deleted...]
-    <row r="160" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="E159" s="12">
+        <v>1001</v>
+      </c>
+      <c r="F159" s="12"/>
+    </row>
+    <row r="160" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A160" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B160" s="14">
         <v>1487</v>
       </c>
       <c r="C160" s="14">
         <v>5132</v>
       </c>
       <c r="D160" s="14">
         <v>1388</v>
       </c>
-      <c r="E160" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E160" s="14">
+        <v>726</v>
+      </c>
+      <c r="F160" s="14"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Centre-ville Brute</vt:lpstr>
       <vt:lpstr>P+Tram brute</vt:lpstr>